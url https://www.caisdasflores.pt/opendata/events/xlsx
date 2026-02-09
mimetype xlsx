--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -88,51 +88,51 @@
   </si>
   <si>
     <t>Festa municipal Cais das Poças 2025.</t>
   </si>
   <si>
     <t>&lt;p&gt;A Câmara Municipal de Santa Cruz das Flores tem o prazer de divulgar o cartaz da festa municipal Cais das Poças 2025.&lt;/p&gt;</t>
   </si>
   <si>
     <t>[{"name":"Música"}]</t>
   </si>
   <si>
     <t>[{"name":"Music"}]</t>
   </si>
   <si>
     <t>[{"name":"Musique"}]</t>
   </si>
   <si>
     <t>https://www.caisdasflores.pt/files/images/activity/Frame-2-20250701-021823.png</t>
   </si>
   <si>
     <t>Noites de Verão</t>
   </si>
   <si>
     <t>&lt;p&gt;O calendário das Noites de Verão 2025 teve início na passada quinta-feira (26 de junho), marcando o arranque de mais uma época repleta de atividades de animação e cultura no nosso concelho, garantindo animação cultural ao longo dos meses mais quentes do ano.&lt;/p&gt;
 &lt;p&gt;O evento inaugural contou com a presença da Filarmónica União Operária e Cultural Nª Sª dos Remédios - Fajãzinha, a única banda filarmónica ativa da nossa ilha. Devido a condições meteorológicas adversas, que impossibilitaram a realização do concerto na Praça Marquês de Pombal, a organização optou por acolher esta atuação no Centro Cultural, onde a Filarmónica da Fajãzinha encantou o público com repertório cuidadosamente selecionado, demonstrando o seu talento e dedicação à música.&lt;/p&gt;
-&lt;p&gt;As Noites de Verão 2025, que se prolongam até ao mês de setembro com um conjunto variado de atividades culturais e recreativas, prometem trazer ainda mais espetáculos, animação e convívio à nossa comunidade, estando o próximo evento já agendado para esta quinta-feira (3 de julho) com a atuação da banda local Full K’Ords.&lt;/p&gt;
+&lt;p&gt;As Noites de Verão 2025, que se prolongam até ao mês de setembro com um conjunto variado de atividades culturais e recreativas, prometem trazer ainda mais espetáculos, animação e convívio à nossa comunidade, estando o próximo evento já agendado para esta quinta-feira (3 de julho) com a atuação da banda local Full KOrds.&lt;/p&gt;
 &lt;p&gt;O programa das Noites de Verão tem como objetivo proporcionar momentos de convívio, lazer e promoção da cultura local, envolvendo a comunidade e visitantes em diversas atividades, assim reforçando o compromisso deste Executivo da Câmara Municipal com a dinamização cultural e o apoio às coletividades culturais e artistas locais, promovendo o acesso à cultura para todos os munícipes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.caisdasflores.pt/files/images/activity/Frame-3-(1)-20250701-023919.png</t>
   </si>
   <si>
     <t>III Festival - Reservas da biosfera de portugal</t>
   </si>
   <si>
     <t>&lt;p&gt;O Auditório do Centro Cultural acolheu, no passado dia 23 de abril, a sessão de abertura da terceira edição do Festival das Reservas da Biosfera de Portugal, que contou com intervenção de boas vindas pela Vice-Presidente da Câmara Municipal.&lt;/p&gt;
 &lt;p&gt;Começando por enaltecer a importância que o galardão de Reserva da Biosfera da UNESCO representa para a Ilha das Flores, Dora Valadão referiu que tal constitui “um marco significativo na vida da nossa ilha desde 2009, ajudando a sensibilizar para o tesouro que tínhamos entre mãos e que muitos não se apercebiam.”&lt;/p&gt;
 &lt;p&gt;A vice-presidente do Município salientou que “os nossos antepassados deixaram um legado de muito valor. Souberam viver com condicionalismos impostos pela natureza numa época em que não abonava a fartura, mas respeitaram sempre a natureza. Deixaram-nos uma lição inigualável de trabalho e persistência.”&lt;/p&gt;
 &lt;p&gt;A integração na rede mundial de Reservas da Biosfera pressupõe que os territórios devem ser preservados, valorizando a importância da conservação e sustentabilidade ambiental, tendo Dora Valadão relembrado que “a nossa ilha oferece todos os dias e a cada momento a sua diversidade de endemismos, colocando-nos no topo de paisagens ímpares.”&lt;/p&gt;
 &lt;p&gt;Foram ainda enunciadas pela vice-presidente da Câmara diversas iniciativas que o Município tem vindo a implementar no âmbito do fortalecimento do nosso sentido de comunidade, nomeadamente programas de apoios sociais (como por exemplo: bolsas de estudo, manuais escolares gratuitos, incentivo à natalidade e ao associativismo, apoio técnico à habitação e pequenas reparações domésticas, comparticipação em medicamentos para idosos, apoio ao sector agrícola) e as mais diversas atividades de boas práticas do Município no âmbito dos Objetivos de Desenvolvimento Sustentável.&lt;/p&gt;
 &lt;p&gt;Finalizou Dora Valadão com votos de muito sucesso para esta terceira edição do Festival das Reservas da Biosfera de Portugal que teve a Ilha das Flores como sua sede, desejando boa estadia a todos e muitas felicidades para as atividades que até ao dia 4 de maio dinamizaram o terceiro Festival das Reservas da Biosfera de Portugal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>[{"name":"Ambiente"}]</t>
   </si>
   <si>
     <t>[{"name":"Environment "}]</t>
   </si>
   <si>
     <t>[{"name":"Medio ambiente"}]</t>
   </si>
@@ -653,50 +653,56 @@
     </row>
     <row r="5" spans="1:15">
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
       <c r="L5" t="s">
         <v>35</v>
       </c>
       <c r="M5" t="s">
         <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>37</v>
       </c>
       <c r="O5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:15">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>15</v>
+      </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6" t="s">
         <v>29</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
       <c r="O6" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>